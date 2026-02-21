--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R147452a57aca4aff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0eb819189c544f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5263f644138344fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42bb0981c8564994"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bcc2f37c0854cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5263f644138344fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4288cf7390e4e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42bb0981c8564994" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>2,183</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,145</x:t>
-[...26 lines deleted...]
-          <x:t>2,157</x:t>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,267</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>2,271</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,271</x:t>
-[...139 lines deleted...]
-          <x:t>2,495</x:t>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>