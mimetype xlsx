--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0eb819189c544f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47f80be59913461e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42bb0981c8564994"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R975ed2bd48c849ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4288cf7390e4e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42bb0981c8564994" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80c1836c45ab4576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R975ed2bd48c849ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,135</x:t>
-[...475 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,909</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>