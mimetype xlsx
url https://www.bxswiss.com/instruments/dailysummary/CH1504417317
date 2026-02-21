--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ce64b9c55344159" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R781c5f29fd444cb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0667966221f45f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R983c5969c6f04fa4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8fca059d7654b60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0667966221f45f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7963f0e1fcc74949" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R983c5969c6f04fa4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>1,405</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,463</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,573</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,597</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>06.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,625</x:t>
-[...90 lines deleted...]
-          <x:t>1,685</x:t>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>