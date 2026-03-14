--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R781c5f29fd444cb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2020d6755e44d77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R983c5969c6f04fa4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0db79dc6c1f4c58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7963f0e1fcc74949" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R983c5969c6f04fa4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9339bf7029044cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0db79dc6c1f4c58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>1,401</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,491</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-          <x:t>02.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,611</x:t>
-[...387 lines deleted...]
-          <x:t>1,193</x:t>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>