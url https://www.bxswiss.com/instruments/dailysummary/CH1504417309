--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f4b3e05f7c8452e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7e109cf3a4040f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1097c063b79492d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dc6b9cd4d25428d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ebd4287f3ea4346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1097c063b79492d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc507a83fae9a4371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dc6b9cd4d25428d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417309</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>2,411</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,403</x:t>
-[...60 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,499</x:t>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,483</x:t>
-[...134 lines deleted...]
-          <x:t>2,695</x:t>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>