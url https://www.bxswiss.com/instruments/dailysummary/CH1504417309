--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7e109cf3a4040f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5c7b12b6aa7424f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dc6b9cd4d25428d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R335449f859044fe9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc507a83fae9a4371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dc6b9cd4d25428d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7bea00df7ae4a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R335449f859044fe9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417309</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,319</x:t>
-[...404 lines deleted...]
-          <x:t>2,589</x:t>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,391</x:t>
-[...188 lines deleted...]
-          <x:t>2,139</x:t>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>