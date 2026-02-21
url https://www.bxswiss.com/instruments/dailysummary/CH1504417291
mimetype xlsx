--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe87c03de0d040e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R509aaf3ca8184ed1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3135d31adcd84d7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17dcb9f325a848d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83464d7e40b34777" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3135d31adcd84d7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cc2ece4d4654508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17dcb9f325a848d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417291</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>1,597</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,637</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,563</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>05.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,727</x:t>
-[...31 lines deleted...]
-          <x:t>1,643</x:t>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,741</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>1,863</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>