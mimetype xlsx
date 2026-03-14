--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R509aaf3ca8184ed1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6a84a34e2864c95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17dcb9f325a848d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R969298ae0a8145fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cc2ece4d4654508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17dcb9f325a848d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f9323e1af26444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R969298ae0a8145fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417291</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,529</x:t>
-[...301 lines deleted...]
-          <x:t>1,221</x:t>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,309</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...122 lines deleted...]
-          <x:t>1,353</x:t>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...145 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>