--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94f582777b6c44a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cbec582aca04961" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R725bbfcdac0d41d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a48f581510d4909"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8371176ddcd44ccd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R725bbfcdac0d41d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7518b5617e714589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a48f581510d4909" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>5,333</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,435</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>29.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,603</x:t>
-[...171 lines deleted...]
-          <x:t>5,837</x:t>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>