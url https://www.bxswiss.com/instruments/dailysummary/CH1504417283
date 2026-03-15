--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cbec582aca04961" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc0874e58ce4482d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a48f581510d4909"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3f5bb4f852d4787"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7518b5617e714589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a48f581510d4909" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4c22ac8467b4afd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3f5bb4f852d4787" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>5,619</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,455</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...381 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,055</x:t>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>