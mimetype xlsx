--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19954b0a5e684e34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf040d132b0734ff5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f6008b7251f4cce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c239ba99db840d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b5918f657134d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f6008b7251f4cce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R694fc9c7bd5d425a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c239ba99db840d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>2,609</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,597</x:t>
-[...114 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,693</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>2,901</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>