--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf040d132b0734ff5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R410b2aea65834d3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c239ba99db840d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31a17414d6bd4a84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R694fc9c7bd5d425a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c239ba99db840d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57fae2dee5e2425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31a17414d6bd4a84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>2,521</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,479</x:t>
-[...308 lines deleted...]
-          <x:t>2,469</x:t>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,121</x:t>
-[...301 lines deleted...]
-          <x:t>2,327</x:t>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>