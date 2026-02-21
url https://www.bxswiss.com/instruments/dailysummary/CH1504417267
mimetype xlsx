--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R069b983b16a54444" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fb589c8bfd74d05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ad092dcdc9d4a16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd592bf32933449e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R411ace3e2452421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ad092dcdc9d4a16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42ee943e4a8846a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd592bf32933449e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417267</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>1,813</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,803</x:t>
-[...16 lines deleted...]
-          <x:t>1,855</x:t>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,849</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...181 lines deleted...]
-          <x:t>2,055</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>