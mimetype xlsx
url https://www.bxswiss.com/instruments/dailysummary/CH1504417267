--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fb589c8bfd74d05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19b4e063da8d4e40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd592bf32933449e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7d110c0f1084123"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42ee943e4a8846a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd592bf32933449e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0bece1efac346ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7d110c0f1084123" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417267</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>1,705</x:t>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,791</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,887</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,879</x:t>
-[...254 lines deleted...]
-          <x:t>1,747</x:t>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,657</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,527</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>