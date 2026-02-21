--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfa7b1acfe9b49cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R050827957c6f47be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2e4a1efa2434485"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ec3b880769e4406"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb779348d1fc1484a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2e4a1efa2434485" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc01d7bcf71946f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ec3b880769e4406" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,811</x:t>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,801</x:t>
-[...102 lines deleted...]
-          <x:t>2,699</x:t>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,919</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>3,119</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>