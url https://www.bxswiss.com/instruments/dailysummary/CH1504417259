--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R050827957c6f47be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6ebf89802c84782" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ec3b880769e4406"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d42620d532742d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc01d7bcf71946f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ec3b880769e4406" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bcaabbeb9be4e3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d42620d532742d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>2,509</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,383</x:t>
-[...281 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,721</x:t>
-[...156 lines deleted...]
-          <x:t>2,403</x:t>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,517</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>2,525</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>