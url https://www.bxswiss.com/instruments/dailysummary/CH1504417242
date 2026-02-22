--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc684310a41c4a8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R705a7f78f29c407f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f0c23b588384e0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R757e5b3268e64bc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2777ce3d60d84b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f0c23b588384e0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re77f018fd1454aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R757e5b3268e64bc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417242</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...87 lines deleted...]
-          <x:t>1,967</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,931</x:t>
-[...21 lines deleted...]
-          <x:t>2,147</x:t>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,057</x:t>
-[...161 lines deleted...]
-          <x:t>2,259</x:t>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>