--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R705a7f78f29c407f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re65f9710a3f042d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R757e5b3268e64bc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13ed3433ecc445bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re77f018fd1454aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R757e5b3268e64bc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ccfd14ef3144fd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13ed3433ecc445bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417242</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>1,891</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,983</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...234 lines deleted...]
-          <x:t>1,529</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,637</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>1,537</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,439</x:t>
-[...11 lines deleted...]
-          <x:t>18.02.2026</x:t>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,781</x:t>
-[...63 lines deleted...]
-          <x:t>1,693</x:t>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>