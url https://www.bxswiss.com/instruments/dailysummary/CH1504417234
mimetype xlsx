--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88c1709d1c284f30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1158ee0054b4918" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R151e995183b34d4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R707e9c0acecd4520"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4987021b7a9a4aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R151e995183b34d4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda26b8c6c7234991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R707e9c0acecd4520" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417234</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>5,821</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,771</x:t>
-[...38 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,991</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>08.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,133</x:t>
-[...36 lines deleted...]
-          <x:t>6,293</x:t>
+          <x:t>5,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>