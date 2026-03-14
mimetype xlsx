--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1158ee0054b4918" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33ddd7b6ccdc4d92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R707e9c0acecd4520"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9b178fbd53f47ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda26b8c6c7234991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R707e9c0acecd4520" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1454dfba5ac040ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9b178fbd53f47ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417234</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>5,831</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,557</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...622 lines deleted...]
-          <x:t>5,557</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>