--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf08385536e2f4622" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a05b16cd3874710" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdebf5f73845a453f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7558f4fa3e74cea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ae9fcc8b44943f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdebf5f73845a453f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R214869ebabcd40b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7558f4fa3e74cea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417226</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,083</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>3,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,183</x:t>
-[...21 lines deleted...]
-          <x:t>3,075</x:t>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,119</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>3,075</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,103</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>3,343</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>