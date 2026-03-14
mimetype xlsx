--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a05b16cd3874710" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda61696dc741472d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7558f4fa3e74cea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ee4fa851727433c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R214869ebabcd40b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7558f4fa3e74cea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74d3b6249c784bcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ee4fa851727433c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417226</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>2,987</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,113</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>3,089</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,051</x:t>
-[...539 lines deleted...]
-          <x:t>2,733</x:t>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>