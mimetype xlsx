--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e0f2d7a0d3d4542" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70d2314a1f7a4d05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cf0e9fb1df74c51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc47fdafffece4832"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc409b1fd053841bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cf0e9fb1df74c51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6af2006c24134551" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc47fdafffece4832" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417218</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...87 lines deleted...]
-          <x:t>2,165</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,127</x:t>
-[...26 lines deleted...]
-          <x:t>2,249</x:t>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,257</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>2,471</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>