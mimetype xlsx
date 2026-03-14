--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70d2314a1f7a4d05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e35731466a24cea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc47fdafffece4832"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17e13443e4934376"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6af2006c24134551" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc47fdafffece4832" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89f27eeeba1f4e5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17e13443e4934376" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417218</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,087</x:t>
-[...4 lines deleted...]
-          <x:t>1,789</x:t>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,061</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>1,883</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>