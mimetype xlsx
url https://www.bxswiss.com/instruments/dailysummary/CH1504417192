--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd52c49e83ba24d60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R472b35b672594fc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea4f10a2fc0141f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ac295e19a50432e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ba14ce5e20d4934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea4f10a2fc0141f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6281387e0cca4371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ac295e19a50432e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,307</x:t>
-[...58 lines deleted...]
-          <x:t>3,297</x:t>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>06.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,337</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>3,575</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>