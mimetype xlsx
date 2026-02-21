--- v1 (2026-02-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R472b35b672594fc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc5a618edf294949" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ac295e19a50432e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R578087b44c44450d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6281387e0cca4371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ac295e19a50432e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab165cc1d65c4c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R578087b44c44450d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,121</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>