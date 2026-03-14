--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc5a618edf294949" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ca11bf90d634291" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R578087b44c44450d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ae9022a7deb4ff5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab165cc1d65c4c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R578087b44c44450d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda8d1b98d709419a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ae9022a7deb4ff5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>3,581</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,173</x:t>
-[...291 lines deleted...]
-          <x:t>2,669</x:t>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,873</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>2,947</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>