--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdccbfacd6b404139" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70dd6180bba746f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfef421333f649b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf39d6fd1cdc42e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d98187e71854fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfef421333f649b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3815f0968d0c420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf39d6fd1cdc42e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...114 lines deleted...]
-          <x:t>2,535</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,461</x:t>
-[...166 lines deleted...]
-          <x:t>2,695</x:t>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>