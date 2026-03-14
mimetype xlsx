--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70dd6180bba746f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cb891b3696a42cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf39d6fd1cdc42e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50718599d8604a12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3815f0968d0c420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf39d6fd1cdc42e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8128f8a4fd4645f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50718599d8604a12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>2,299</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,401</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>2,713</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,327</x:t>
-[...33 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,625</x:t>
-[...232 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>1,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,975</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>2,085</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>