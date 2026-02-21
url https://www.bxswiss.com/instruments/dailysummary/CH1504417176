--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re10257acbd6542d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc855a420f5024b7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e4e26885b454e6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6505b0079ef1436a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd2162da0a4d445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e4e26885b454e6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb17a8037df94f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6505b0079ef1436a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>6,223</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,333</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>5,983</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,405</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,605</x:t>
-[...90 lines deleted...]
-          <x:t>6,763</x:t>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>