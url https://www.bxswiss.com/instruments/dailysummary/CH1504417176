--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc855a420f5024b7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f0e9972de2a4c2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6505b0079ef1436a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94b9ce91ec4d44ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb17a8037df94f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6505b0079ef1436a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9870fc62ba6c4cb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94b9ce91ec4d44ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>6,299</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,257</x:t>
-[...151 lines deleted...]
-          <x:t>6,723</x:t>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,239</x:t>
-[...129 lines deleted...]
-          <x:t>5,653</x:t>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,837</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...289 lines deleted...]
-          <x:t>6,001</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>