--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf61e03d1d37f454b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4bdcb3c7ba74ee0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra39349bbdc094faa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5db5f4dd871e41f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1ad4beff2924ca9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra39349bbdc094faa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bb374f71c78456c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5db5f4dd871e41f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,537</x:t>
-[...70 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,601</x:t>
-[...16 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,567</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>3,813</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>