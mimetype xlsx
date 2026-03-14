--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4bdcb3c7ba74ee0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra601b41bce444234" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5db5f4dd871e41f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7459209927c4dcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bb374f71c78456c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5db5f4dd871e41f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R532eab6fc61d4eef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7459209927c4dcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,379</x:t>
-[...603 lines deleted...]
-          <x:t>3,169</x:t>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>