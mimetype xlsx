--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde48bc9ef83e48df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26909d142e84414b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabbc38c76e8d40ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac3358b4859b4c8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra123d50a5064446d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabbc38c76e8d40ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a7af8d1f83b441c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac3358b4859b4c8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>2,931</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>