--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26909d142e84414b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R612553fa27524923" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac3358b4859b4c8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce309f3f3a5d46df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a7af8d1f83b441c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac3358b4859b4c8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aa0bbec1dbe4e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce309f3f3a5d46df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>2,527</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,483</x:t>
-[...345 lines deleted...]
-          <x:t>2,045</x:t>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,443</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>17.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,221</x:t>
-[...90 lines deleted...]
-          <x:t>2,295</x:t>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>