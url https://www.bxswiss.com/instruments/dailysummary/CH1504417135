--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4902e7926af4563" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9a7464fa0b143fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32136a3e96f141c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reab445446a83427f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f80faf135784e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32136a3e96f141c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3dee882db004cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reab445446a83427f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...87 lines deleted...]
-          <x:t>3,665</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,775</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>3,617</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,763</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>3,763</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,793</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>06.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,805</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,713</x:t>
-[...85 lines deleted...]
-          <x:t>4,061</x:t>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>