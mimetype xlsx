--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9a7464fa0b143fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f2d04d698954c4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reab445446a83427f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cd3136948b84d53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3dee882db004cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reab445446a83427f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R719f766a5d234c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cd3136948b84d53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,871</x:t>
-[...414 lines deleted...]
-          <x:t>3,397</x:t>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>