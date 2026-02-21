--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cba8912a1144ad2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf039bdc1a134192" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e104bf4f0d544b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b9e52d647944819"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87d94190e80643d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e104bf4f0d544b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb78abfffffbb45a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b9e52d647944819" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417127</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,861</x:t>
-[...4 lines deleted...]
-          <x:t>2,759</x:t>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,849</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>3,173</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>