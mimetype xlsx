--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf039bdc1a134192" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raab6c349fc0a45b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b9e52d647944819"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c4d28c2bbac4cd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb78abfffffbb45a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b9e52d647944819" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8da280bbcc674d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c4d28c2bbac4cd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417127</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>2,743</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,389</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...305 lines deleted...]
-          <x:t>06.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,695</x:t>
-[...279 lines deleted...]
-          <x:t>2,519</x:t>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>