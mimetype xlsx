--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ed6defac58d4744" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bb2432c47234f26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R205d54a418004193"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra504bd544d8b499d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R080e42fe33f14eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R205d54a418004193" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcea47076ffaa4dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra504bd544d8b499d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417119</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>6,813</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,803</x:t>
-[...65 lines deleted...]
-          <x:t>6,855</x:t>
+          <x:t>6,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,853</x:t>
-[...139 lines deleted...]
-          <x:t>7,247</x:t>
+          <x:t>6,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>