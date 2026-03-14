--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bb2432c47234f26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R769b80fce42d4191" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra504bd544d8b499d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fa6986c18ca4cf1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcea47076ffaa4dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra504bd544d8b499d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R152a88ae5ce44a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fa6986c18ca4cf1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417119</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,235 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>7,195</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,545</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...381 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,373</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>