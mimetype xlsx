--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2316175d0cd4141" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7e8e41221b74cec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7882f462cfbe4d0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8064550838c4300"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0e9debfba0e4b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7882f462cfbe4d0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb888ecd7a123480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8064550838c4300" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,019</x:t>
-[...48 lines deleted...]
-          <x:t>4,007</x:t>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,057</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>06.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,049</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,953</x:t>
-[...85 lines deleted...]
-          <x:t>4,311</x:t>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>