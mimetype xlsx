--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7e8e41221b74cec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R142bf2e09c384dbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8064550838c4300"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b44031a8fa34002"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb888ecd7a123480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8064550838c4300" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c13e7b999284175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b44031a8fa34002" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,853</x:t>
-[...318 lines deleted...]
-          <x:t>3,353</x:t>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,289</x:t>
-[...274 lines deleted...]
-          <x:t>3,633</x:t>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>