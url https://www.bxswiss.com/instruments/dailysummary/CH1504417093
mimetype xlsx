--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36056731f6cc4008" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref1fb7ebe04348d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94d5a8fe14a84bad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c612f05bab74d9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8da15123df34016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94d5a8fe14a84bad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb13f51295f0f49d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c612f05bab74d9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417093</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,099</x:t>
-[...70 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,207</x:t>
-[...4 lines deleted...]
-          <x:t>3,159</x:t>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,187</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>3,425</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>