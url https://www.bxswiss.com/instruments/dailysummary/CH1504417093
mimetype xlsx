--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref1fb7ebe04348d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbd20d6d7a684881" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c612f05bab74d9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a1a8296b01e48ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb13f51295f0f49d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c612f05bab74d9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bafda372b5b469c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a1a8296b01e48ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417093</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>2,981</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,947</x:t>
-[...178 lines deleted...]
-          <x:t>3,249</x:t>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,103</x:t>
-[...404 lines deleted...]
-          <x:t>2,749</x:t>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>