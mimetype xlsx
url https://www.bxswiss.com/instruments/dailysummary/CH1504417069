--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03867c54743f48f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddeeac82ebb44d93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdea1597f456b43a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7de02a2f3484011"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc553dc847d134e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdea1597f456b43a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87a5a3673ee54157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7de02a2f3484011" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417069</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>3,283</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,237</x:t>
-[...26 lines deleted...]
-          <x:t>3,257</x:t>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,403</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,579</x:t>
-[...90 lines deleted...]
-          <x:t>3,685</x:t>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>