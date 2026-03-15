--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddeeac82ebb44d93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aed444f08414baa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7de02a2f3484011"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ff84f01ad4042f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87a5a3673ee54157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7de02a2f3484011" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R692bd0e0dae74951" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ff84f01ad4042f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417069</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,989</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...477 lines deleted...]
-          <x:t>16.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,973</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>2,989</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>