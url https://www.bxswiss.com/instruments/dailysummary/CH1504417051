--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21c24eff732a48f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3237103703e4885" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c3000c8e8d94bbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66a80f09058b4ae3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae8b2a7360a34687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c3000c8e8d94bbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01019823a94f4e97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66a80f09058b4ae3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417051</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>7,295</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,169</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>7,745</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,927</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>