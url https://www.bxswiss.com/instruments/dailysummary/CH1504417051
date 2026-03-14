--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3237103703e4885" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce79e78485614b44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66a80f09058b4ae3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd404d201f10b430c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01019823a94f4e97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66a80f09058b4ae3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d6ac36f93434060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd404d201f10b430c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417051</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>7,481</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,423</x:t>
-[...281 lines deleted...]
-          <x:t>7,281</x:t>
+          <x:t>7,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,063</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>7,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,823</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,695</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,084</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>