--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2db95976fd84f2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81a96bd662314432" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c88e30f016047b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dd71db05e134380"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ff657b3ae774fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c88e30f016047b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80b2b3eb59184c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dd71db05e134380" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417044</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,525</x:t>
-[...48 lines deleted...]
-          <x:t>4,511</x:t>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,509</x:t>
-[...107 lines deleted...]
-          <x:t>4,563</x:t>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,631</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>4,835</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>