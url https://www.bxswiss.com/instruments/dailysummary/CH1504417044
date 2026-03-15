--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81a96bd662314432" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6377a646fb5f45f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dd71db05e134380"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f1a625a41d149b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80b2b3eb59184c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dd71db05e134380" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R732a93d950554ad7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f1a625a41d149b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417044</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>4,517</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,369</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>4,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,051</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,929</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>