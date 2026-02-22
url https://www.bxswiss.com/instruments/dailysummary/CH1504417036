--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d3adbfb69274bbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ab286366f5e4f5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82ee2bf7cd6f4da2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09c35293d6404f83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0c4a160c78a4d1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82ee2bf7cd6f4da2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfee72fb3645543e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09c35293d6404f83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>3,537</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,603</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>30.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,717</x:t>
-[...144 lines deleted...]
-          <x:t>3,955</x:t>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>