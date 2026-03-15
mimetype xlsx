--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ab286366f5e4f5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd55aae812b834f87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09c35293d6404f83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d48b0e28ff549c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfee72fb3645543e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09c35293d6404f83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R277489cef1e541e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d48b0e28ff549c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,549</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...391 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,187</x:t>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>