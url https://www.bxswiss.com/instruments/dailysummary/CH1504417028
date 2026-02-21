--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44783be35bb64de0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b5cc43864ac4748" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R147bb81ba62741d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e28d372d9de40d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0d7728619ea48ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R147bb81ba62741d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8133beb189314004" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e28d372d9de40d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417028</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>1,187</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,169</x:t>
-[...16 lines deleted...]
-          <x:t>1,235</x:t>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,225</x:t>
-[...188 lines deleted...]
-          <x:t>1,331</x:t>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>