--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree77c5e28d864515" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree7e5e71b28c46a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99242514a0f9406d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c5b2f9fba6a4d88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d99887f899e4972" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99242514a0f9406d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccf379c5840146f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c5b2f9fba6a4d88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,787</x:t>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,609</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>4,817</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,715</x:t>
-[...85 lines deleted...]
-          <x:t>5,105</x:t>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>