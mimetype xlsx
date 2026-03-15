--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree7e5e71b28c46a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eefb4d98d104d02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c5b2f9fba6a4d88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec3213ab8a0f4c39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccf379c5840146f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c5b2f9fba6a4d88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf804dbd1b93242ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec3213ab8a0f4c39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,613</x:t>
-[...603 lines deleted...]
-          <x:t>4,375</x:t>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>