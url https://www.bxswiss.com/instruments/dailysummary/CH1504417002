--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56404f41b68d4d1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1d034367f1f43ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8caa091fc3654c48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b285dd97fb64de1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8acc1d911ca4db0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8caa091fc3654c48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffd5ec1d632545e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b285dd97fb64de1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>3,797</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,747</x:t>
-[...65 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,983</x:t>
-[...144 lines deleted...]
-          <x:t>4,229</x:t>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>