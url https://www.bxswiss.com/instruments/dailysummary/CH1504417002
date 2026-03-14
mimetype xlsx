--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1d034367f1f43ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7adcb98b79b948e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b285dd97fb64de1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88dc281d68334c5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffd5ec1d632545e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b285dd97fb64de1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf50ed15e9e54326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88dc281d68334c5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>3,765</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,715</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>3,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,945</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,089</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>