--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeab5c4e70c7473c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c5087563e914775" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R857b8fc97d964ec1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74c82635e3944b62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6842ce74e02e448e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R857b8fc97d964ec1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R897181ef1f524a06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74c82635e3944b62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416996</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...109 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,971</x:t>
-[...4 lines deleted...]
-          <x:t>7,815</x:t>
+          <x:t>7,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...154 lines deleted...]
-          <x:t>8,257</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>