--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c5087563e914775" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4ae752876014e4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74c82635e3944b62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re47bdeb7ed3847a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R897181ef1f524a06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74c82635e3944b62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R751d0efffb4144dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re47bdeb7ed3847a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416996</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,773</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>