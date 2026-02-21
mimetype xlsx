--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94365d2d4ad248fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a35fe38c0924110" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R790676fc90a541d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12a9a914d44b4d04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3aaa752eb474a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R790676fc90a541d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb98bbac1c52d4357" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12a9a914d44b4d04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416988</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,053</x:t>
-[...75 lines deleted...]
-          <x:t>4,847</x:t>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,125</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>5,085</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,979</x:t>
-[...21 lines deleted...]
-          <x:t>5,373</x:t>
+          <x:t>5,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,251</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>5,379</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>