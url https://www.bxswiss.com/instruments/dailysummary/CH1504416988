--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a35fe38c0924110" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra92e9cbc1d3d4ccc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12a9a914d44b4d04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R936a5df83b5841e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb98bbac1c52d4357" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12a9a914d44b4d04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfda77a87d0bd4357" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R936a5df83b5841e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416988</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,955</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...391 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,551</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>