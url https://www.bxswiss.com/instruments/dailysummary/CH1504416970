--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c130fc03fd04b86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc13c16e7993c4385" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra336425bdfcf44d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcf1c59771a149bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra089dec2f5a84c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra336425bdfcf44d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62e8644793db4aa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcf1c59771a149bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>4,065</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,015</x:t>
-[...65 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,255</x:t>
-[...144 lines deleted...]
-          <x:t>4,509</x:t>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>