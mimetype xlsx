--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc13c16e7993c4385" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcee7c80d332b4357" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcf1c59771a149bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebe763167f3f449a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62e8644793db4aa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcf1c59771a149bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R523da82b42814c67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebe763167f3f449a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>4,013</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,973</x:t>
-[...291 lines deleted...]
-          <x:t>3,433</x:t>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...289 lines deleted...]
-          <x:t>3,755</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>