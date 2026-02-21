--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d547a20eaaf4516" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dfbdd58097242b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb37524c6fac547be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfc638b3f7dd4c70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R510dba86d73d4d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb37524c6fac547be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3ba8d2bbea243d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfc638b3f7dd4c70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416962</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...136 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,795</x:t>
-[...16 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,751</x:t>
-[...117 lines deleted...]
-          <x:t>1,929</x:t>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>