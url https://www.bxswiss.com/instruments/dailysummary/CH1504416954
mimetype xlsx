--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc559b4f59d6e4fdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85fb109897a3479f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d15d1cd09c84761"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5db13ce005341dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4969c055c99942b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d15d1cd09c84761" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11b1e97fec964285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5db13ce005341dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416954</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,325</x:t>
-[...102 lines deleted...]
-          <x:t>5,357</x:t>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,249</x:t>
-[...85 lines deleted...]
-          <x:t>5,659</x:t>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>