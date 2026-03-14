--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85fb109897a3479f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R067a657fa8e341d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5db13ce005341dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3465a825d4744ff4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11b1e97fec964285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5db13ce005341dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c8a7a20646c449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3465a825d4744ff4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416954</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>5,197</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,333</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>5,627</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,131</x:t>
-[...367 lines deleted...]
-          <x:t>5,015</x:t>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,985</x:t>
-[...38 lines deleted...]
-          <x:t>4,913</x:t>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,703</x:t>
-[...4 lines deleted...]
-          <x:t>4,895</x:t>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>