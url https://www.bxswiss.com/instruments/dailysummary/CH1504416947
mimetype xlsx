--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R798a4f6234054b72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd57ffdf43faf443d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf55214480376418d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c44b08e319b4e9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R394aed93f0c24b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf55214480376418d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64275e6a7132441f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c44b08e319b4e9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416947</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>4,415</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,289</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>30.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,533</x:t>
-[...144 lines deleted...]
-          <x:t>4,795</x:t>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>