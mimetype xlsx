--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd57ffdf43faf443d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R760529165f2645a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c44b08e319b4e9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0501fb3b483b428a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64275e6a7132441f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c44b08e319b4e9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b8ffed615a747e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0501fb3b483b428a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416947</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,297</x:t>
-[...21 lines deleted...]
-          <x:t>4,015</x:t>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,833</x:t>
-[...598 lines deleted...]
-          <x:t>4,025</x:t>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>