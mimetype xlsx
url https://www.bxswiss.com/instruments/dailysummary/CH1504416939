--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a299083660148fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc23991df43c84f3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfe1a22ca5db48ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ce13eddeb5b4dc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9c5f15eb7564a43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfe1a22ca5db48ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R109bf21296f34d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ce13eddeb5b4dc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>8,229</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,301</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>8,341</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,389</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>8,779</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>