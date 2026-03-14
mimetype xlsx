--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc23991df43c84f3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81147164fbaf43a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ce13eddeb5b4dc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ebe9353ef214057"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R109bf21296f34d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ce13eddeb5b4dc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc439c4ef354c4f51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ebe9353ef214057" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,681</x:t>
-[...85 lines deleted...]
-          <x:t>7,505</x:t>
+          <x:t>7,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,707</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>18.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,039</x:t>
-[...63 lines deleted...]
-          <x:t>7,907</x:t>
+          <x:t>7,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>