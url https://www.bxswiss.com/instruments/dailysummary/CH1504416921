--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ebed1ea5cad477b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd22584dd83e4466b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f7d40a52a9a4104"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64054f5ab83a47e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8193494219654c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f7d40a52a9a4104" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a313a52d88d46d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64054f5ab83a47e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416921</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>5,451</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,523</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,321</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,507</x:t>
-[...129 lines deleted...]
-          <x:t>5,523</x:t>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,703</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>5,943</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>