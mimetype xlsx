--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd22584dd83e4466b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3163ffdcd5354473" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64054f5ab83a47e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbe181dfd6fc4b76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a313a52d88d46d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64054f5ab83a47e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88dbf6f2ea8c4560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbe181dfd6fc4b76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416921</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,617</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>