--- v0 (2026-01-12)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R458696fc0be24a44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R443432624f954955" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e01e835e2954bfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1fa999485c3453e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reca4216591f746de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e01e835e2954bfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6882cf9ed0194bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1fa999485c3453e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,317 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...48 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,697</x:t>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,567</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>30.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,817</x:t>
-[...144 lines deleted...]
-          <x:t>5,089</x:t>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>