--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R443432624f954955" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb82dea49f074d5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1fa999485c3453e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb78a3936e66840d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6882cf9ed0194bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1fa999485c3453e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec23dc59e66e4fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb78a3936e66840d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,577</x:t>
-[...193 lines deleted...]
-          <x:t>4,413</x:t>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,567</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>4,299</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>