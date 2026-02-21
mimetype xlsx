--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c8d3046168f4acb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaf2cd28bdec4598" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04c7a1557002490a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0146bdb1a9f4830"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9fa429f09684a6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04c7a1557002490a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd86e70702de044df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0146bdb1a9f4830" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>5,727</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,801</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>5,751</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,687</x:t>
-[...53 lines deleted...]
-          <x:t>5,861</x:t>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,899</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,943</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>6,231</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>