--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaf2cd28bdec4598" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd100a7fd222847af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0146bdb1a9f4830"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R495d780d07f94442"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd86e70702de044df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0146bdb1a9f4830" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c1df4f0f9634c0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R495d780d07f94442" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>5,199</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,659</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>5,785</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,751</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>5,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,369</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>