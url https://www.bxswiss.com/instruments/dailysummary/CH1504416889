--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R900223f86d68451f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79baa9168bee4d4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R285e17d66d0b4cce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64eee4f6610841a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra84778c22e8a436f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R285e17d66d0b4cce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d3feb9d021a4ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64eee4f6610841a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416889</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...92 lines deleted...]
-          <x:t>5,057</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,047</x:t>
-[...92 lines deleted...]
-          <x:t>5,091</x:t>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,255</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,153</x:t>
-[...80 lines deleted...]
-          <x:t>5,385</x:t>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>