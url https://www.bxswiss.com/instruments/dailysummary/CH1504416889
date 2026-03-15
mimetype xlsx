--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79baa9168bee4d4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d3c949c380343d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64eee4f6610841a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re71d69d25cae47b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d3feb9d021a4ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64eee4f6610841a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8ed284f2b524cbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re71d69d25cae47b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416889</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>4,373</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,813</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>02.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,297</x:t>
-[...215 lines deleted...]
-          <x:t>5,099</x:t>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,499</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...138 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,576</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>