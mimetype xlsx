--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75f35da4d39c4743" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40460a0e97df4fee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37f6c1c92b454ef0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cf601264be44dca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0d12518cd0d4bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37f6c1c92b454ef0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac66665d4e8d4835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cf601264be44dca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>8,819</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,683</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>8,763</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,457</x:t>
-[...193 lines deleted...]
-          <x:t>9,311</x:t>
+          <x:t>8,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>