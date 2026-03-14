--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40460a0e97df4fee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f3f7ce29ae84928" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cf601264be44dca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2243ad4755fb4b41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac66665d4e8d4835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cf601264be44dca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd999bb71b1ba4aec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2243ad4755fb4b41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>8,205</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,729</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>8,413</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>