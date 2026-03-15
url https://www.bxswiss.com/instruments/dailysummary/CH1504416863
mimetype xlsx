--- v0 (2026-02-22)
+++ v1 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ecfd274dbd648e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa387831e14942b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra486125a19a14758"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7058d1848e784f50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47334cf562534c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra486125a19a14758" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R367beb419104424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7058d1848e784f50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416863</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,463 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>6,083</x:t>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,087</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...145 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,049</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,181</x:t>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>