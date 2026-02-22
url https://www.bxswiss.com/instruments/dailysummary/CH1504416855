--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46178b3711ed4981" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97d46ee3953541f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde53d0dd48db4261"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6445f9644dd4ba4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf35e449c969b43f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde53d0dd48db4261" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R308094a449f94f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6445f9644dd4ba4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416855</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...97 lines deleted...]
-          <x:t>5,157</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,341</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>5,687</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>