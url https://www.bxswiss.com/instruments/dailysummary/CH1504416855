--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97d46ee3953541f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R334ce45fa9564762" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6445f9644dd4ba4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50a5eb4843984ed6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R308094a449f94f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6445f9644dd4ba4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref68c7341a4e4c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50a5eb4843984ed6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416855</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>