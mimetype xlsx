--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2368ba6c69134731" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd66faf8e52244e16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddb0488e3c304134"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96c2f52766fc4ef7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6ce7746a37a448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddb0488e3c304134" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ad4eccdd9f34b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96c2f52766fc4ef7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416822</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...87 lines deleted...]
-          <x:t>5,517</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,647</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>5,993</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>