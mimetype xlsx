--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd66faf8e52244e16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28d767f4959f486d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96c2f52766fc4ef7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb54fdef0fbd2469f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ad4eccdd9f34b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96c2f52766fc4ef7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R135a005115ef41ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb54fdef0fbd2469f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416822</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>5,493</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,643</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...69 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,845</x:t>
-[...156 lines deleted...]
-          <x:t>5,315</x:t>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,439</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>5,155</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>