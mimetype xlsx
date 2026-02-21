--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R075a44c094b04160" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcac4ba44f32a4312" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dff80b778be46a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b60eed16c734107"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66aa3eb93b214447" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dff80b778be46a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93a25cf726b04e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b60eed16c734107" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416814</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>9,349</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,207</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>9,435</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,415</x:t>
-[...188 lines deleted...]
-          <x:t>9,853</x:t>
+          <x:t>9,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>