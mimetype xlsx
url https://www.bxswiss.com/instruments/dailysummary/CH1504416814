--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcac4ba44f32a4312" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc2e12b21f524bcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b60eed16c734107"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06c560e844514abb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93a25cf726b04e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b60eed16c734107" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R836c4a1354544503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06c560e844514abb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416814</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>9,307</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,255</x:t>
-[...367 lines deleted...]
-          <x:t>9,471</x:t>
+          <x:t>8,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,375</x:t>
-[...215 lines deleted...]
-          <x:t>8,929</x:t>
+          <x:t>8,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>