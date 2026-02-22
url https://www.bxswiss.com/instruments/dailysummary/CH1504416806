--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc187f73dd5da4dc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97d877dd1b8445e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6e3ba4c9c574705"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32d0f08379d24baf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f1954f118a34b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6e3ba4c9c574705" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fed9a183efd45b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32d0f08379d24baf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...109 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,813</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>6,719</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,761</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>7,113</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>