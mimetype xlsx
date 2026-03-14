--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97d877dd1b8445e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd86a913b75414316" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32d0f08379d24baf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbd564e0274344f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fed9a183efd45b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32d0f08379d24baf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59de3dcc921145cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbd564e0274344f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>6,579</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,731</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>02.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>6,159</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,161</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>6,271</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>