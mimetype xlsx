--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc546b05e613247f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raed91a471e7c49d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R144613567dfb4ba4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6105fa3d87df42eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9898c9c8f04445e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R144613567dfb4ba4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4737a2e063e74450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6105fa3d87df42eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...109 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,105</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>6,819</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,809</x:t>
-[...65 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>6,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,229</x:t>
-[...36 lines deleted...]
-          <x:t>7,415</x:t>
+          <x:t>6,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>