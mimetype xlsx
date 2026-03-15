--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raed91a471e7c49d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19032516efed4d2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6105fa3d87df42eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf13f5809ccc4ab4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4737a2e063e74450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6105fa3d87df42eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56e7d9c12be0489e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf13f5809ccc4ab4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>7,065</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,227</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>02.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,651</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>6,487</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,315</x:t>
-[...107 lines deleted...]
-          <x:t>6,557</x:t>
+          <x:t>6,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>