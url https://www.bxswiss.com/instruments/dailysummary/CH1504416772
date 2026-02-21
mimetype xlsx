--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28730c4e7c9447a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c1e67044638428b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a273680e9cd4774"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a4c4904909a48b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67f01e59fdf24382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a273680e9cd4774" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5196261c7fa644f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a4c4904909a48b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416772</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...109 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,393</x:t>
+          <x:t>5,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,253</x:t>
-[...33 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>5,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>6,337</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,291</x:t>
-[...31 lines deleted...]
-          <x:t>6,615</x:t>
+          <x:t>5,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>