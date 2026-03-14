--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c1e67044638428b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc39d80c3bc4b4a0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a4c4904909a48b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R345de1f49a104272"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5196261c7fa644f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a4c4904909a48b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R160f42a8578140fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R345de1f49a104272" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416772</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>5,963</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,741</x:t>
-[...625 lines deleted...]
-          <x:t>5,747</x:t>
+          <x:t>5,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>