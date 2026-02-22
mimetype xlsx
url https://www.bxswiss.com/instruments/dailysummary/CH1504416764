--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3deee1dfc584054" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re75ddfef88d245ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R535ba078875d4032"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8018c41c4fc6443c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87bbf33634054a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R535ba078875d4032" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R882fd60429cb416e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8018c41c4fc6443c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416764</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,317 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>9,807</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,885</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,665</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,875</x:t>
-[...33 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>9,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,073</x:t>
-[...171 lines deleted...]
-          <x:t>10,401</x:t>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>