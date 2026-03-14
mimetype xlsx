--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re75ddfef88d245ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a3174efd0584be1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8018c41c4fc6443c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64ea856eb8654234"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R882fd60429cb416e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8018c41c4fc6443c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1655352590fa44d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64ea856eb8654234" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416764</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>9,515</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,697</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...229 lines deleted...]
-          <x:t>10,157</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,831</x:t>
-[...188 lines deleted...]
-          <x:t>9,453</x:t>
+          <x:t>9,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>