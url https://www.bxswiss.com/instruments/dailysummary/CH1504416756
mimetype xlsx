--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbec5627b70da4c31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1fa9be29f0d4560" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b02504191e94d56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8501632c26ea46a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd08ae13df964e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b02504191e94d56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b162d60b6a64262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8501632c26ea46a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416756</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,249</x:t>
-[...43 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,401</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>07.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>6,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>7,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,561</x:t>
-[...21 lines deleted...]
-          <x:t>7,531</x:t>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,473</x:t>
-[...26 lines deleted...]
-          <x:t>7,719</x:t>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>