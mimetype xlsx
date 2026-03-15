--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1fa9be29f0d4560" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4544b07d0587435d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8501632c26ea46a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09189ad9d5924b66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b162d60b6a64262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8501632c26ea46a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7860b53a83104d2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09189ad9d5924b66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416756</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>7,413</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,203</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>30.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,413</x:t>
-[...408 lines deleted...]
-        <x:is>
           <x:t>6,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>